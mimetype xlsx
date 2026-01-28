--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -1002,71 +1002,71 @@
         <is>
           <t>Herstellung von Basen</t>
         </is>
       </c>
       <c r="C55" s="3" t="n">
         <v>1</v>
       </c>
     </row>
     <row r="56">
       <c r="B56" s="3" t="inlineStr">
         <is>
           <t>Chemieanlagen zur industriellen Herstellung von anorganischen Grundchemikalien</t>
         </is>
       </c>
       <c r="C56" s="3" t="n">
         <v>51</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="2" t="inlineStr">
         <is>
           <t>Abfall- und Abwasserbewirtschaftung</t>
         </is>
       </c>
       <c r="C57" s="2" t="n">
-        <v>2683</v>
+        <v>2682</v>
       </c>
     </row>
     <row r="58">
       <c r="B58" s="3" t="inlineStr">
         <is>
           <t>Verbrennung nicht gefährlicher Abfälle &gt; 3 t/h</t>
         </is>
       </c>
       <c r="C58" s="3" t="n">
         <v>111</v>
       </c>
     </row>
     <row r="59">
       <c r="B59" s="3" t="inlineStr">
         <is>
           <t>Beseitigung oder Verwertung v. gefährlichen Abfällen &gt; 10 t/d</t>
         </is>
       </c>
       <c r="C59" s="3" t="n">
-        <v>1533</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="60">
       <c r="B60" s="3" t="inlineStr">
         <is>
           <t>Kommunale Abwasserbehandlungsanlagen &gt; 100 000 Einwohnergleichwerten</t>
         </is>
       </c>
       <c r="C60" s="3" t="n">
         <v>232</v>
       </c>
     </row>
     <row r="61">
       <c r="B61" s="3" t="inlineStr">
         <is>
           <t>Deponien &gt; 10 t/d Aufnahmekapazität oder &gt; 25.000 t Gesamtkapazität</t>
         </is>
       </c>
       <c r="C61" s="3" t="n">
         <v>503</v>
       </c>
     </row>
     <row r="62">
       <c r="B62" s="3" t="inlineStr">
         <is>