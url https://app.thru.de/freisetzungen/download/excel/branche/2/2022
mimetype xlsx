--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,123 +460,123 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="45" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Metallindustrie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>262.700</t>
+          <t>262.200</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>anorganische Fluorverbindungen als HF</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>137.200</t>
+          <t>137.210</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
@@ -613,93 +613,93 @@
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>47</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>215</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Benzol</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>147.500</t>
+          <t>147.520</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>9.149</t>
+          <t>9.145</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>513</t>
+          <t>514</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>1.761</t>
+          <t>1.762</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>100</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>31</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
@@ -763,51 +763,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>1.872</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>2.657</t>
+          <t>2.654</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Cyanwasserstoff (HCN)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>1.642</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
@@ -829,120 +829,120 @@
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>2.529.000</t>
+          <t>2.529.800</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>172.110</t>
+          <t>172.150</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>26.040</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>138.000</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
-          <t>743.800</t>
+          <t>743.700</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>5.140</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
@@ -964,51 +964,51 @@
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>1.320.800</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
-          <t>30.413.000.000</t>
+          <t>30.407.000.000</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
@@ -1018,51 +1018,51 @@
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>622.816.000</t>
+          <t>623.269.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
@@ -1099,51 +1099,51 @@
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>1.273</t>
+          <t>1.272</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>643</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>447</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
@@ -1180,186 +1180,186 @@
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
           <t>Perfluorierte Kohlenwasserstoffe (PFKWs)</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>4.926</t>
+          <t>4.922</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>120</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
-          <t>5.606</t>
+          <t>5.611</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>456</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>664</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
-          <t>34.542.000</t>
+          <t>34.539.000</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
-          <t>23.778.000</t>
+          <t>23.776.000</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
-          <t>30.676</t>
+          <t>30.670</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>11.204</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>34.242</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">