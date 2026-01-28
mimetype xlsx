--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Chemische Industrie</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -532,93 +532,93 @@
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>452</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>13</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>1.361.300</t>
+          <t>1.361.000</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>28.550</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>487.070</t>
+          <t>487.090</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>501</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
@@ -628,51 +628,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Benzol</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>7.020</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>1.538</t>
+          <t>1.539</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>1.070</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
@@ -699,208 +699,208 @@
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>2.601.550.000</t>
+          <t>2.589.400.000</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>375.670.000</t>
+          <t>375.640.000</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>6.764</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>732</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>3.260</t>
+          <t>1.930</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>1.830</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Cyanwasserstoff (HCN)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>1.900</t>
+          <t>5.940</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Dichlormethan (DCM)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>1.500</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>89</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>2.846</t>
+          <t>2.850</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Dioxine und Furane (als Teq)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>1.605.200</t>
+          <t>1.564.600</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Ethylbenzol</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
@@ -996,208 +996,208 @@
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>176.070</t>
+          <t>170.450</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>195.800</t>
+          <t>195.750</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>4.647.700</t>
+          <t>4.510.700</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>52.191.500</t>
+          <t>52.185.200</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>188.590</t>
+          <t>188.610</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>1.068.800</t>
+          <t>1.068.060</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>3.101.700</t>
+          <t>3.101.600</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
-          <t>5.528.300</t>
+          <t>5.528.600</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>21.577.000.000</t>
+          <t>19.818.000.000</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
-          <t>1.129.000.000</t>
+          <t>1.128.848.000</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
-          <t>20.120.000</t>
+          <t>20.121.000</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
@@ -1249,68 +1249,68 @@
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Naphthalin</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>970</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
-          <t>2.970</t>
+          <t>2.972</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
-          <t>3.550</t>
+          <t>3.482</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>1.864</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
         <is>
           <t>4.912.000</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
@@ -1411,144 +1411,144 @@
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="inlineStr">
         <is>
           <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>2.500</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E39" s="3" t="inlineStr">
         <is>
-          <t>145.783</t>
+          <t>145.782</t>
         </is>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B40" s="3" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E40" s="3" t="inlineStr">
         <is>
-          <t>15</t>
+          <t>6</t>
         </is>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="inlineStr">
         <is>
           <t>Schwefelhexafluorid (SF6)</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>60</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B42" s="3" t="inlineStr">
         <is>
-          <t>5.987.000</t>
+          <t>5.299.000</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
-          <t>14.044.000</t>
+          <t>12.465.200</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B44" s="3" t="inlineStr">
@@ -1654,51 +1654,51 @@
       </c>
     </row>
     <row r="48">
       <c r="A48" s="2" t="inlineStr">
         <is>
           <t>Toluol</t>
         </is>
       </c>
       <c r="B48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E48" s="3" t="inlineStr">
         <is>
-          <t>127.441</t>
+          <t>127.440</t>
         </is>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="2" t="inlineStr">
         <is>
           <t>Trichlorbenzole (TCB) (alle Isomere)</t>
         </is>
       </c>
       <c r="B49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E49" s="3" t="inlineStr">
@@ -1720,51 +1720,51 @@
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>216</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E50" s="3" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="2" t="inlineStr">
         <is>
           <t>Vinylchlorid</t>
         </is>
       </c>
       <c r="B51" s="3" t="inlineStr">
         <is>
-          <t>94.060</t>
+          <t>94.140</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="D51" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E51" s="3" t="inlineStr">
         <is>
           <t>536</t>
         </is>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="2" t="inlineStr">
         <is>
           <t>Xylole</t>
         </is>
       </c>
       <c r="B52" s="3" t="inlineStr">
@@ -1779,61 +1779,61 @@
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E52" s="3" t="inlineStr">
         <is>
           <t>4.004</t>
         </is>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B53" s="3" t="inlineStr">
         <is>
           <t>916</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>30.674</t>
+          <t>30.516</t>
         </is>
       </c>
       <c r="D53" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E53" s="3" t="inlineStr">
         <is>
-          <t>10.383</t>
+          <t>10.382</t>
         </is>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="2" t="inlineStr">
         <is>
           <t>Zinnorganische Verbindungen</t>
         </is>
       </c>
       <c r="B54" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E54" s="3" t="inlineStr">