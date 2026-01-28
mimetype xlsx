--- v0 (2025-11-01)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Abfall- und Abwasserbewirtschaftung</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2023</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -564,78 +564,78 @@
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>79.680</t>
+          <t>88.260</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>1.520</t>
+          <t>1.588</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Atrazin</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
@@ -645,51 +645,51 @@
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>1.642</t>
+          <t>1.722</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>55</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
@@ -726,186 +726,186 @@
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>594.350.000</t>
+          <t>616.690.000</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>8.190.000</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>3.236</t>
+          <t>3.362</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>57</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>14.310</t>
+          <t>14.226</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>609</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>3.473</t>
+          <t>3.551</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>536.300</t>
+          <t>606.300</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Diuron</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>30</t>
+          <t>31</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Fluoranthen</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
@@ -942,132 +942,132 @@
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>645.120</t>
+          <t>682.470</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>20.650</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>32.635.900</t>
+          <t>36.113.300</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>2.784.700</t>
+          <t>2.864.600</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>973.140</t>
+          <t>1.094.140</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>6.300</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>30.924.200</t>
+          <t>33.369.800</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>413.400</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Hexachlorcyclohexan</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
@@ -1099,191 +1099,191 @@
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
-          <t>23.413.148.770</t>
+          <t>23.487.000.000</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
-          <t>384.500.000</t>
+          <t>3.967.077.254</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>22.897</t>
+          <t>24.274</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>728</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
           <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
-          <t>13.155.000</t>
+          <t>13.364.000</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
-          <t>19.560</t>
+          <t>20.458</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>332</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Nonylphenol und seine Ethoxylate</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>175</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Octylphenole und Octylphenolethoxylate</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
@@ -1342,56 +1342,56 @@
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>1.713</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>981</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
-          <t>244</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>66</t>
+          <t>75</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
           <t>46</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
           <t>Simazin</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
@@ -1509,51 +1509,51 @@
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
-          <t>138.782</t>
+          <t>147.080</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="3" t="inlineStr">
         <is>
           <t>6.435</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 