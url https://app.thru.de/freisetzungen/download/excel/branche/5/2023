--- v1 (2026-01-28)
+++ v2 (2026-03-14)
@@ -500,611 +500,611 @@
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Ammoniak (NH3)</t>
+          <t>1,2,3,4,5,6-Hexachlorcyclohexan (HCH)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>74.900</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>anorganische Chlorverbindungen als HCl</t>
+          <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>218.900</t>
+          <t>74.900</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>AOX</t>
+          <t>anorganische Chlorverbindungen als HCl</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>218.900</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>88.260</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Arsen und Verbindungen (als As)</t>
+          <t>AOX</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>1.588</t>
+          <t>88.260</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Atrazin</t>
+          <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>1</t>
+          <t>1.588</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>101</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>Blei und Verbindungen (als Pb)</t>
+          <t>Atrazin</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>1.722</t>
+          <t>1</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>55</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
-          <t>Cadmium und Verbindungen (als Cd)</t>
+          <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>1.722</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>25</t>
+          <t>55</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>Chloralkane, C10-C13</t>
+          <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>13</t>
+          <t>141</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>25</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
-          <t>Chloride (als Gesamt-Cl)</t>
+          <t>Chloralkane, C10-C13</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>616.690.000</t>
+          <t>13</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>8.190.000</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>Chrom und Verbindungen (als Cr)</t>
+          <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>3.362</t>
+          <t>616.690.000</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>57</t>
+          <t>8.190.000</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
-          <t>Cyanide (als Gesamt-CN)</t>
+          <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>14.226</t>
+          <t>3.362</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>609</t>
+          <t>57</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
-          <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
+          <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
-          <t>3.551</t>
+          <t>14.226</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>609</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
-          <t>Distickoxid (N2O)</t>
+          <t>Di-(2-ethylhexyl)phthalat (DEHP)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>606.300</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>3.551</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
-          <t>Diuron</t>
+          <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>606.300</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
-          <t>31</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
-          <t>Fluoranthen</t>
+          <t>Diuron</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>31</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
-          <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
+          <t>Fluoranthen</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>69</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
-          <t>Fluoride (als Gesamt-F)</t>
+          <t>Fluorchlorkohlenwasserstoffe (FCKWs)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>69</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>682.470</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>20.650</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
-          <t>Gesamter organischer Kohlenstoff (TOC)</t>
+          <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>36.113.300</t>
+          <t>682.470</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>2.864.600</t>
+          <t>20.650</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
-          <t>Gesamtphosphor</t>
+          <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>1.094.140</t>
+          <t>36.113.300</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>6.300</t>
+          <t>2.864.600</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
-          <t>Gesamtstickstoff</t>
+          <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>33.369.800</t>
+          <t>1.094.140</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>413.400</t>
+          <t>6.300</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
-          <t>Hexachlorcyclohexan</t>
+          <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>33.369.800</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>413.400</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Isoproturon</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>21</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">