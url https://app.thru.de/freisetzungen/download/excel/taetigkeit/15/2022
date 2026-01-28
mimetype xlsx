--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,96 +460,96 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="45" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Gewinnung von Nichteisenrohmetallen aus Erzen</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>anorganische Fluorverbindungen als HF</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>137.200</t>
+          <t>137.210</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
@@ -586,51 +586,51 @@
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
-          <t>2.113</t>
+          <t>2.112</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>50</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>1.040</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
@@ -748,51 +748,51 @@
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>19.960.000</t>
+          <t>19.968.000</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
@@ -829,51 +829,51 @@
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>81</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>62</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Perfluorierte Kohlenwasserstoffe (PFKWs)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>4.926</t>
+          <t>4.922</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
@@ -883,51 +883,51 @@
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>661</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>7.275.000</t>
+          <t>7.274.000</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
@@ -937,51 +937,51 @@
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
-          <t>9.132</t>
+          <t>9.133</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>325</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>26.343</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">