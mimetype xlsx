--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Chemieanlagen zur industriellen Herstellung von organischen Grundchemikalien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -574,51 +574,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>5.050</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>85.950</t>
+          <t>85.970</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
@@ -628,51 +628,51 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Benzol</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>2.390</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>1.440</t>
+          <t>1.441</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>220</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
@@ -699,208 +699,208 @@
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>197.920.000</t>
+          <t>185.420.000</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>211.910.000</t>
+          <t>211.890.000</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>393</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>1.330</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>307</t>
+          <t>308</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Cyanwasserstoff (HCN)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>250</t>
+          <t>4.290</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Dichlormethan (DCM)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>44</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
-          <t>2.722</t>
+          <t>2.726</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Dioxine und Furane (als Teq)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>94.700</t>
+          <t>54.100</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Ethylbenzol</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
@@ -942,267 +942,267 @@
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>90</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>34.630</t>
+          <t>29.050</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
-          <t>88.900</t>
+          <t>88.850</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>557.000</t>
+          <t>420.000</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
-          <t>15.574.400</t>
+          <t>15.573.100</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
-          <t>23.180</t>
+          <t>23.200</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
-          <t>407.640</t>
+          <t>406.900</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
-          <t>332.200</t>
+          <t>332.100</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
-          <t>1.753.400</t>
+          <t>1.753.700</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>7.490.000.000</t>
+          <t>5.731.000.000</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
-          <t>146.000.000</t>
+          <t>146.199.000</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>254</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E28" s="3" t="inlineStr">
         <is>
-          <t>1.324</t>
+          <t>1.325</t>
         </is>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="2" t="inlineStr">
         <is>
           <t>Naphthalin</t>
         </is>
       </c>
       <c r="B29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E29" s="3" t="inlineStr">
         <is>
-          <t>2.970</t>
+          <t>2.972</t>
         </is>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
-          <t>388</t>
+          <t>320</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E30" s="3" t="inlineStr">
         <is>
           <t>1.027</t>
         </is>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="2" t="inlineStr">
         <is>
           <t>NMVOC</t>
         </is>
       </c>
       <c r="B31" s="3" t="inlineStr">
         <is>
           <t>311.000</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
@@ -1315,105 +1315,105 @@
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E35" s="3" t="inlineStr">
         <is>
           <t>4.292</t>
         </is>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B36" s="3" t="inlineStr">
         <is>
-          <t>89</t>
+          <t>77</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>9</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
-          <t>11</t>
+          <t>2</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
-          <t>1.286.000</t>
+          <t>598.000</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B38" s="3" t="inlineStr">
         <is>
-          <t>4.546.000</t>
+          <t>3.320.000</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E38" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B39" s="3" t="inlineStr">
@@ -1465,159 +1465,159 @@
       </c>
     </row>
     <row r="41">
       <c r="A41" s="2" t="inlineStr">
         <is>
           <t>Toluol</t>
         </is>
       </c>
       <c r="B41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D41" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E41" s="3" t="inlineStr">
         <is>
-          <t>124.466</t>
+          <t>124.465</t>
         </is>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="2" t="inlineStr">
         <is>
           <t>Trichlormethan</t>
         </is>
       </c>
       <c r="B42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="D42" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E42" s="3" t="inlineStr">
         <is>
           <t>15</t>
         </is>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="2" t="inlineStr">
         <is>
           <t>Vinylchlorid</t>
         </is>
       </c>
       <c r="B43" s="3" t="inlineStr">
         <is>
-          <t>49.200</t>
+          <t>49.280</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>29</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E43" s="3" t="inlineStr">
         <is>
-          <t>410</t>
+          <t>409</t>
         </is>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="2" t="inlineStr">
         <is>
           <t>Xylole</t>
         </is>
       </c>
       <c r="B44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D44" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E44" s="3" t="inlineStr">
         <is>
           <t>2.213</t>
         </is>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>2.406</t>
+          <t>2.244</t>
         </is>
       </c>
       <c r="D45" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E45" s="3" t="inlineStr">
         <is>
-          <t>4.365</t>
+          <t>4.367</t>
         </is>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="2" t="inlineStr">
         <is>
           <t>Zinnorganische Verbindungen</t>
         </is>
       </c>
       <c r="B46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D46" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E46" s="3" t="inlineStr">