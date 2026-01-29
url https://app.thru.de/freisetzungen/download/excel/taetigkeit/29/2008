--- v0 (2025-11-03)
+++ v1 (2026-01-29)
@@ -460,354 +460,354 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung einfacher KW</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2008</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Benzol</t>
+          <t>1,2,3,4,5,6-Hexachlorcyclohexan (HCH)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>2.760</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>12</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
-          <t>1.210</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>Cadmium und Verbindungen (als Cd)</t>
+          <t>Benzol</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2.760</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>6</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1.210</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>Chloride (als Gesamt-Cl)</t>
+          <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>9.890.000</t>
+          <t>6</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Cyanide (als Gesamt-CN)</t>
+          <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>293</t>
+          <t>9.890.000</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Cyanwasserstoff (HCN)</t>
+          <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
-          <t>996</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>293</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>Distickoxid (N2O)</t>
+          <t>Cyanwasserstoff (HCN)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>975.000</t>
+          <t>996</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
-          <t>Ethylbenzol</t>
+          <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>975.000</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>4.090</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>Ethylenoxid</t>
+          <t>Ethylbenzol</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>1.100</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>4.090</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
-          <t>Gesamter organischer Kohlenstoff (TOC)</t>
+          <t>Ethylenoxid</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>1.100</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>87.500</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>218.700</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>Hexachlorcyclohexan</t>
+          <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>12</t>
+          <t>87.500</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>218.700</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>4.140.000.000</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">