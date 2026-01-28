--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Verbrennungsanlagen &gt; 50 MW</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -559,83 +559,83 @@
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>anorganische Fluorverbindungen als HF</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
-          <t>129.450</t>
+          <t>129.460</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>16.670</t>
+          <t>16.650</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>672</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
@@ -726,78 +726,78 @@
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>280.900.000</t>
+          <t>280.630.000</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>393</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>1.170</t>
+          <t>1.172</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
@@ -829,78 +829,78 @@
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>30</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Distickoxid (N2O)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>2.247.800</t>
+          <t>2.230.500</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>1.514.300</t>
+          <t>1.513.600</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
@@ -915,213 +915,213 @@
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
-          <t>1.881.000</t>
+          <t>1.881.100</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>161.800</t>
         </is>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
-          <t>21.800</t>
+          <t>21.840</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E22" s="3" t="inlineStr">
         <is>
           <t>5.740</t>
         </is>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
-          <t>938.400</t>
+          <t>937.800</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E23" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B24" s="3" t="inlineStr">
         <is>
-          <t>213.525.000.000</t>
+          <t>212.507.000.000</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>45.906.000.000</t>
+          <t>46.030.573.340</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">
         <is>
-          <t>30.928.000</t>
+          <t>30.936.000</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>2.132</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>1.788</t>
+          <t>1.787</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="2" t="inlineStr">
         <is>
           <t>Methan (CH4)</t>
         </is>
       </c>
       <c r="B28" s="3" t="inlineStr">
         <is>
           <t>3.967.000</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
@@ -1207,105 +1207,105 @@
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E31" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B32" s="3" t="inlineStr">
         <is>
-          <t>2.909</t>
+          <t>2.910</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>6</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E32" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B33" s="3" t="inlineStr">
         <is>
-          <t>66.039.000</t>
+          <t>66.047.000</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E33" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B34" s="3" t="inlineStr">
         <is>
-          <t>120.994.000</t>
+          <t>120.715.000</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E34" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="2" t="inlineStr">
         <is>
           <t>Teilfluorierte Kohlenwasserstoffe (HFKWs)</t>
         </is>
       </c>
       <c r="B35" s="3" t="inlineStr">
@@ -1347,51 +1347,51 @@
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E36" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B37" s="3" t="inlineStr">
         <is>
           <t>1.800</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
-          <t>7.712</t>
+          <t>7.710</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E37" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 