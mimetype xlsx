--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Kokereien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -574,51 +574,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>2.600</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
-          <t>6.999</t>
+          <t>6.998</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>114.000</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
@@ -628,117 +628,117 @@
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>36.300</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
-          <t>40.500</t>
+          <t>40.550</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>50.700</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
-          <t>906.000</t>
+          <t>906.100</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>95.500</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>3.345.000.000</t>
+          <t>3.349.000.000</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
@@ -748,51 +748,51 @@
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>3.359.000</t>
+          <t>3.360.000</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Naphthalin</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
@@ -844,51 +844,51 @@
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Phenole (als Gesamt-C)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>42</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
-          <t>285.900</t>
+          <t>285.957</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Quecksilber und Verbindungen (als Hg)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
@@ -910,51 +910,51 @@
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
         <is>
-          <t>3.688.000</t>
+          <t>3.685.000</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E21" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">