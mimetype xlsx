--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,96 +460,96 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Chemieanlagen zur industriellen Herstellung von anorganischen Grundchemikalien</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
           <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>403.000</t>
+          <t>402.700</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
           <t>AOX</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
@@ -672,142 +672,142 @@
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>432.200.000</t>
+          <t>432.550.000</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
-          <t>19.400.000</t>
+          <t>19.370.000</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>3.072</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>58.200</t>
+          <t>58.160</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>79.000</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>1.410.000</t>
+          <t>1.406.800</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>13.800</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
@@ -856,78 +856,78 @@
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>876.000.000</t>
+          <t>875.649.000</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>6.636.000</t>
+          <t>6.637.000</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E20" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B21" s="3" t="inlineStr">
@@ -1077,51 +1077,51 @@
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E26" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B27" s="3" t="inlineStr">
         <is>
           <t>463</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
-          <t>4.280</t>
+          <t>4.284</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E27" s="3" t="inlineStr">
         <is>
           <t>490</t>
         </is>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 