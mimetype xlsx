--- v0 (2026-01-28)
+++ v1 (2026-03-14)
@@ -500,341 +500,341 @@
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
       <c r="D5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in den Boden</t>
         </is>
       </c>
       <c r="E5" s="1" t="inlineStr">
         <is>
           <t>Verbringung mit dem Abwasser</t>
         </is>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="inlineStr">
         <is>
-          <t>Ammoniak (NH3)</t>
+          <t>1,2,3,4,5,6-Hexachlorcyclohexan (HCH)</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
-          <t>765.700</t>
+          <t>0</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>2</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="inlineStr">
         <is>
-          <t>Arsen und Verbindungen (als As)</t>
+          <t>Ammoniak (NH3)</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>765.700</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>302</t>
+          <t>0</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E7" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="2" t="inlineStr">
         <is>
-          <t>Blei und Verbindungen (als Pb)</t>
+          <t>Arsen und Verbindungen (als As)</t>
         </is>
       </c>
       <c r="B8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>756</t>
+          <t>302</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E8" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
-          <t>Cadmium und Verbindungen (als Cd)</t>
+          <t>Blei und Verbindungen (als Pb)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>117</t>
+          <t>756</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
-          <t>Chloride (als Gesamt-Cl)</t>
+          <t>Cadmium und Verbindungen (als Cd)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>1.030.300.000</t>
+          <t>117</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
-          <t>Chrom und Verbindungen (als Cr)</t>
+          <t>Chloride (als Gesamt-Cl)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>2.802</t>
+          <t>1.030.300.000</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
-          <t>Fluoride (als Gesamt-F)</t>
+          <t>Chrom und Verbindungen (als Cr)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>25.370</t>
+          <t>2.802</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
-          <t>Gesamter organischer Kohlenstoff (TOC)</t>
+          <t>Fluoride (als Gesamt-F)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>93.000</t>
+          <t>25.370</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
-          <t>145.400</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
-          <t>Gesamtphosphor</t>
+          <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>10.090</t>
+          <t>93.000</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>145.400</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
-          <t>Gesamtstickstoff</t>
+          <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>476.200</t>
+          <t>10.090</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>208.700</t>
+          <t>0</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
-          <t>Hexachlorcyclohexan</t>
+          <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
-          <t>2</t>
+          <t>476.200</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
-          <t>0</t>
+          <t>208.700</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>1.214.000.000</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">