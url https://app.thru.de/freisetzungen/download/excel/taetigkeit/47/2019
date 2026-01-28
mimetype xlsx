--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="46" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Pflanzenschutzmittel und Bioziden</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2019</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>