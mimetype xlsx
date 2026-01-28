--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Herstellung von Papier und Pappe und sonstigen primären Holzprodukten &gt; 20 t/d</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -763,51 +763,51 @@
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Gesamter organischer Kohlenstoff (TOC)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>6.952.700</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E15" s="3" t="inlineStr">
         <is>
-          <t>42.344.700</t>
+          <t>42.343.100</t>
         </is>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Gesamtphosphor</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>30.950</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
@@ -856,51 +856,51 @@
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2) ohne Biomasse</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>874.000.000</t>
+          <t>874.474.000</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E19" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Kupfer und Verbindungen (als Cu)</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
@@ -1018,51 +1018,51 @@
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E24" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B25" s="3" t="inlineStr">
         <is>
-          <t>7.051.000</t>
+          <t>7.175.000</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E25" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B26" s="3" t="inlineStr">