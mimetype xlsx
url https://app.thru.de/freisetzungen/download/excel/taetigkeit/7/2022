--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -460,51 +460,51 @@
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <cols>
     <col width="43" customWidth="1" min="1" max="1"/>
     <col width="28" customWidth="1" min="2" max="2"/>
     <col width="32" customWidth="1" min="3" max="3"/>
     <col width="29" customWidth="1" min="4" max="4"/>
     <col width="33" customWidth="1" min="5" max="5"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Röst- oder Sinteranlagen f. Metallerz einschl. sulfid. Erze</t>
         </is>
       </c>
     </row>
     <row r="2"/>
     <row r="3">
       <c r="A3" s="1" t="inlineStr">
         <is>
           <t>Schadstofffrachten in kg/ Jahr</t>
         </is>
       </c>
       <c r="C3" s="2" t="inlineStr">
         <is>
-          <t>Stand der Daten: 20.03.2025</t>
+          <t>Stand der Daten: 12.12.2025</t>
         </is>
       </c>
       <c r="E3" s="2" t="inlineStr">
         <is>
           <t>Jahr: 2022</t>
         </is>
       </c>
     </row>
     <row r="4"/>
     <row r="5">
       <c r="A5" s="1" t="inlineStr">
         <is>
           <t>Stoffe</t>
         </is>
       </c>
       <c r="B5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in die Luft</t>
         </is>
       </c>
       <c r="C5" s="1" t="inlineStr">
         <is>
           <t>Freisetzung in das Wasser</t>
         </is>
       </c>
@@ -601,90 +601,90 @@
       </c>
     </row>
     <row r="9">
       <c r="A9" s="2" t="inlineStr">
         <is>
           <t>Cyanide (als Gesamt-CN)</t>
         </is>
       </c>
       <c r="B9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E9" s="3" t="inlineStr">
         <is>
-          <t>1.340</t>
+          <t>1.336</t>
         </is>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Dioxine und Furane (als Teq)</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E10" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Feinstaub (PM10)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>435.000</t>
+          <t>435.400</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E11" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Gesamtstickstoff</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
@@ -694,78 +694,78 @@
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E12" s="3" t="inlineStr">
         <is>
           <t>98.400</t>
         </is>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Kohlendioxid (CO2)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>4.240.000.000</t>
+          <t>4.238.000.000</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E13" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Kohlenmonoxid (CO)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>100.000.000</t>
+          <t>100.014.000</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E14" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Nickel und Verbindungen (als Ni)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
@@ -802,78 +802,78 @@
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E16" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Schwefeloxide (SOx/SO2)</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
-          <t>7.050.000</t>
+          <t>7.048.000</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E17" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Stickoxide (NOx/NO2)</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>4.630.000</t>
+          <t>4.628.000</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="D18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
       <c r="E18" s="3" t="inlineStr">
         <is>
           <t>0</t>
         </is>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Zink und Verbindungen (als Zn)</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">